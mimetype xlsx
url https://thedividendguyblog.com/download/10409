--- v0 (2025-12-14)
+++ v1 (2026-03-14)
@@ -1,98 +1,92 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29725"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://d.docs.live.net/aaa1a6dcf32e4bf0/Documents/M72/DSR/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="332" documentId="13_ncr:1_{48F26B5C-019E-4642-971A-5F0F994C6828}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{E6AD6C81-38F8-453C-AF74-400C3F2EB537}"/>
+  <xr:revisionPtr revIDLastSave="341" documentId="13_ncr:1_{48F26B5C-019E-4642-971A-5F0F994C6828}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{8B5CF46E-6A2D-41A9-B17C-C0D85D88C81D}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="38640" windowHeight="21120" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="3540" yWindow="60" windowWidth="18030" windowHeight="18375" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Canadian Monthly Dividend Stock" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Canadian Monthly Dividend Stock'!$B$10:$R$10</definedName>
   </definedNames>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="259" uniqueCount="141">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="251" uniqueCount="137">
   <si>
     <t>CANADIAN MONTHLY DIVIDEND STOCKS LIST</t>
   </si>
   <si>
     <t>Symbol</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>N/A</t>
   </si>
   <si>
     <t xml:space="preserve">APR.UN.TO </t>
   </si>
   <si>
     <t xml:space="preserve">Automotive Properties Real Estate Investment Trust </t>
   </si>
   <si>
-    <t xml:space="preserve">AX.UN.TO </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">BEI.UN.TO </t>
   </si>
   <si>
     <t xml:space="preserve">Boardwalk Real Estate Investment Trust </t>
   </si>
   <si>
     <t xml:space="preserve">BRE.TO </t>
   </si>
   <si>
     <t xml:space="preserve">Bridgemarq Real Estate Services Inc </t>
   </si>
   <si>
     <t xml:space="preserve">BTB.UN.TO </t>
   </si>
   <si>
     <t xml:space="preserve">BTB Real Estate Investment Trust </t>
   </si>
   <si>
     <t xml:space="preserve">CAR.UN.TO </t>
   </si>
   <si>
     <t xml:space="preserve">Canadian Apartment Properties Real Estate Investment Trust </t>
   </si>
   <si>
     <t xml:space="preserve">CHP.UN.TO </t>
@@ -346,92 +340,80 @@
   <si>
     <t xml:space="preserve">OLY.TO </t>
   </si>
   <si>
     <t xml:space="preserve">Olympia Financial Group Inc </t>
   </si>
   <si>
     <t xml:space="preserve">PEY.TO </t>
   </si>
   <si>
     <t xml:space="preserve">Peyto Exploration &amp; Development Corp </t>
   </si>
   <si>
     <t xml:space="preserve">POU.TO </t>
   </si>
   <si>
     <t xml:space="preserve">Paramount Resources Ltd </t>
   </si>
   <si>
     <t xml:space="preserve">PZA.TO </t>
   </si>
   <si>
     <t xml:space="preserve">Pizza Pizza Royalty Corp </t>
   </si>
   <si>
-    <t xml:space="preserve">RPI.UN.TO </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">SGY.TO </t>
   </si>
   <si>
     <t xml:space="preserve">Surge Energy Inc (Alberta) </t>
   </si>
   <si>
     <t xml:space="preserve">SIA.TO </t>
   </si>
   <si>
     <t xml:space="preserve">Sienna Senior Living Inc </t>
   </si>
   <si>
     <t xml:space="preserve">SIS.TO </t>
   </si>
   <si>
     <t xml:space="preserve">Savaria Corp </t>
   </si>
   <si>
     <t xml:space="preserve">SRV.UN.TO </t>
   </si>
   <si>
     <t xml:space="preserve">Sir Royalty Income Fund </t>
   </si>
   <si>
     <t xml:space="preserve">TF.TO </t>
   </si>
   <si>
     <t xml:space="preserve">Timbercreek Financial Corp </t>
   </si>
   <si>
-    <t xml:space="preserve">TVE.TO </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">WCP.TO </t>
   </si>
   <si>
     <t xml:space="preserve">Whitecap Resources Inc </t>
   </si>
   <si>
     <t>Market</t>
   </si>
   <si>
     <t>Sector</t>
   </si>
   <si>
     <t>PRO Rating</t>
   </si>
   <si>
     <t>Dvd Safety</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>DDM</t>
   </si>
   <si>
     <t>Dvd Yield FWD</t>
@@ -445,51 +427,57 @@
   <si>
     <t>Dvd 5yr AGR</t>
   </si>
   <si>
     <t>Payout Ratio</t>
   </si>
   <si>
     <t>Cash Payout Ratio</t>
   </si>
   <si>
     <t>PE</t>
   </si>
   <si>
     <t>DSR Popular</t>
   </si>
   <si>
     <t>Avg 5yr Dvd Yield</t>
   </si>
   <si>
     <t xml:space="preserve">NWH.UN.TO </t>
   </si>
   <si>
     <t xml:space="preserve">Northwest Healthcare Properties REIT </t>
   </si>
   <si>
-    <t>Powered by the Dividend Stocks Rock Stock Screener. Prices and datas as of 12/08/2025.</t>
+    <t xml:space="preserve">RIC.TO </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Richards Group Inc </t>
+  </si>
+  <si>
+    <t>Powered by the Dividend Stocks Rock Stock Screener. Prices and datas as of 03/09/2026.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="23" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="18"/>
       <color theme="3"/>
       <name val="Calibri Light"/>
@@ -1474,3160 +1462,3054 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="dividendstocksrock.com" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="B8:R67"/>
+  <dimension ref="B8:R65"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="E8" sqref="E8"/>
+    <sheetView tabSelected="1" topLeftCell="K1" workbookViewId="0">
+      <selection activeCell="C63" sqref="C63"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="2.7109375" customWidth="1"/>
     <col min="2" max="2" width="16.42578125" customWidth="1"/>
     <col min="3" max="3" width="57.28515625" customWidth="1"/>
     <col min="4" max="4" width="15.140625" customWidth="1"/>
     <col min="5" max="5" width="24.85546875" customWidth="1"/>
     <col min="6" max="6" width="20" customWidth="1"/>
     <col min="7" max="7" width="21.7109375" customWidth="1"/>
     <col min="8" max="8" width="14.7109375" customWidth="1"/>
     <col min="9" max="9" width="15.7109375" customWidth="1"/>
     <col min="10" max="10" width="24.28515625" customWidth="1"/>
     <col min="11" max="11" width="19.28515625" customWidth="1"/>
     <col min="12" max="12" width="19.85546875" customWidth="1"/>
     <col min="13" max="13" width="20.140625" customWidth="1"/>
     <col min="14" max="14" width="20.7109375" customWidth="1"/>
     <col min="15" max="15" width="28.7109375" customWidth="1"/>
     <col min="16" max="16" width="11" customWidth="1"/>
     <col min="17" max="17" width="21.42578125" customWidth="1"/>
     <col min="18" max="18" width="28.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="8" spans="2:18" ht="30" x14ac:dyDescent="0.4">
       <c r="B8" s="7" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="2:18" s="1" customFormat="1" ht="38.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B9" s="2" t="s">
-        <v>140</v>
+        <v>136</v>
       </c>
     </row>
     <row r="10" spans="2:18" ht="22.5" x14ac:dyDescent="0.3">
       <c r="B10" s="5" t="s">
         <v>1</v>
       </c>
       <c r="C10" s="6" t="s">
         <v>2</v>
       </c>
       <c r="D10" s="6" t="s">
+        <v>117</v>
+      </c>
+      <c r="E10" s="6" t="s">
+        <v>118</v>
+      </c>
+      <c r="F10" s="6" t="s">
+        <v>119</v>
+      </c>
+      <c r="G10" s="6" t="s">
+        <v>120</v>
+      </c>
+      <c r="H10" s="6" t="s">
+        <v>121</v>
+      </c>
+      <c r="I10" s="6" t="s">
+        <v>122</v>
+      </c>
+      <c r="J10" s="6" t="s">
         <v>123</v>
       </c>
-      <c r="E10" s="6" t="s">
+      <c r="K10" s="8" t="s">
         <v>124</v>
       </c>
-      <c r="F10" s="6" t="s">
+      <c r="L10" s="8" t="s">
         <v>125</v>
       </c>
-      <c r="G10" s="6" t="s">
+      <c r="M10" s="8" t="s">
         <v>126</v>
       </c>
-      <c r="H10" s="6" t="s">
+      <c r="N10" s="8" t="s">
         <v>127</v>
       </c>
-      <c r="I10" s="6" t="s">
+      <c r="O10" s="8" t="s">
         <v>128</v>
       </c>
-      <c r="J10" s="6" t="s">
+      <c r="P10" s="8" t="s">
         <v>129</v>
       </c>
-      <c r="K10" s="8" t="s">
+      <c r="Q10" s="8" t="s">
         <v>130</v>
       </c>
-      <c r="L10" s="8" t="s">
+      <c r="R10" s="8" t="s">
         <v>131</v>
-      </c>
-[...16 lines deleted...]
-        <v>137</v>
       </c>
     </row>
     <row r="11" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B11" s="3" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="C11" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="D11" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="E11" s="3" t="s">
         <v>66</v>
       </c>
-      <c r="D11" s="3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F11" s="3">
         <v>3</v>
       </c>
       <c r="G11" s="3">
         <v>3</v>
       </c>
       <c r="H11" s="3">
-        <v>11.38</v>
+        <v>11.68</v>
       </c>
       <c r="I11" s="3">
         <v>11.86</v>
       </c>
       <c r="J11" s="4">
-        <v>8.1900000000000001E-2</v>
+        <v>7.9200000000000007E-2</v>
       </c>
       <c r="K11" s="4">
-        <v>2.5600000000000001E-2</v>
+        <v>2.3699999999999999E-2</v>
       </c>
       <c r="L11" s="4">
-        <v>6.7900000000000002E-2</v>
+        <v>6.1499999999999999E-2</v>
       </c>
       <c r="M11" s="4">
-        <v>0</v>
+        <v>4.24E-2</v>
       </c>
       <c r="N11" s="4">
-        <v>1.0066999999999999</v>
+        <v>0</v>
       </c>
       <c r="O11" s="4">
-        <v>0.86829999999999996</v>
+        <v>0.74370000000000003</v>
       </c>
       <c r="P11" s="3">
-        <v>10.89</v>
+        <v>11.4</v>
       </c>
       <c r="Q11" s="3">
         <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>7.9699999999999993E-2</v>
+        <v>8.3699999999999997E-2</v>
       </c>
     </row>
     <row r="12" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B12" s="3" t="s">
         <v>4</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>5</v>
       </c>
       <c r="D12" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="E12" s="3" t="s">
         <v>67</v>
       </c>
-      <c r="E12" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F12" s="3">
         <v>3</v>
       </c>
       <c r="G12" s="3">
         <v>2</v>
       </c>
       <c r="H12" s="3">
-        <v>10.89</v>
+        <v>11.63</v>
       </c>
       <c r="I12" s="3">
         <v>0</v>
       </c>
       <c r="J12" s="4">
-        <v>7.51E-2</v>
+        <v>7.0000000000000007E-2</v>
       </c>
       <c r="K12" s="4">
-        <v>9.5999999999999992E-3</v>
+        <v>-2.4E-2</v>
       </c>
       <c r="L12" s="4">
-        <v>4.9099999999999998E-2</v>
+        <v>5.0900000000000001E-2</v>
       </c>
       <c r="M12" s="4">
-        <v>3.3E-3</v>
+        <v>4.4000000000000003E-3</v>
       </c>
       <c r="N12" s="4">
-        <v>0.55979999999999996</v>
+        <v>0</v>
       </c>
       <c r="O12" s="4">
-        <v>0.84489999999999998</v>
+        <v>0.82889999999999997</v>
       </c>
       <c r="P12" s="3">
-        <v>13.24</v>
+        <v>13.69</v>
       </c>
       <c r="Q12" s="3">
         <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>6.6000000000000003E-2</v>
+        <v>7.1300000000000002E-2</v>
       </c>
     </row>
     <row r="13" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B13" s="3" t="s">
-        <v>6</v>
+        <v>68</v>
       </c>
       <c r="C13" s="3" t="s">
-        <v>7</v>
+        <v>69</v>
       </c>
       <c r="D13" s="3" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="E13" s="3" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="F13" s="3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G13" s="3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="H13" s="3">
-        <v>7.14</v>
+        <v>31.66</v>
       </c>
       <c r="I13" s="3">
         <v>0</v>
       </c>
       <c r="J13" s="4">
-        <v>8.5000000000000006E-2</v>
+        <v>2.64E-2</v>
       </c>
       <c r="K13" s="4">
-        <v>0</v>
+        <v>0.14599999999999999</v>
       </c>
       <c r="L13" s="4">
-        <v>-0.10979999999999999</v>
+        <v>0.16259999999999999</v>
       </c>
       <c r="M13" s="4">
-        <v>2.1299999999999999E-2</v>
+        <v>0.16589999999999999</v>
       </c>
       <c r="N13" s="4">
-        <v>0</v>
+        <v>0.31919999999999998</v>
       </c>
       <c r="O13" s="4">
-        <v>0.7238</v>
+        <v>1.0564</v>
       </c>
       <c r="P13" s="3">
-        <v>0</v>
+        <v>18.760000000000002</v>
       </c>
       <c r="Q13" s="3">
         <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>7.22E-2</v>
+        <v>3.49E-2</v>
       </c>
     </row>
     <row r="14" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B14" s="3" t="s">
-        <v>70</v>
+        <v>6</v>
       </c>
       <c r="C14" s="3" t="s">
-        <v>71</v>
+        <v>7</v>
       </c>
       <c r="D14" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="E14" s="3" t="s">
         <v>67</v>
       </c>
-      <c r="E14" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F14" s="3">
         <v>3</v>
       </c>
       <c r="G14" s="3">
         <v>2</v>
       </c>
       <c r="H14" s="3">
-        <v>27.2</v>
+        <v>64.349999999999994</v>
       </c>
       <c r="I14" s="3">
-        <v>0</v>
+        <v>22.95</v>
       </c>
       <c r="J14" s="4">
-        <v>3.0700000000000002E-2</v>
+        <v>2.75E-2</v>
       </c>
       <c r="K14" s="4">
-        <v>0.18909999999999999</v>
+        <v>0</v>
       </c>
       <c r="L14" s="4">
-        <v>0.1774</v>
+        <v>6.54E-2</v>
       </c>
       <c r="M14" s="4">
-        <v>0.16589999999999999</v>
+        <v>0.1011</v>
       </c>
       <c r="N14" s="4">
-        <v>0.31919999999999998</v>
+        <v>0.39560000000000001</v>
       </c>
       <c r="O14" s="4">
-        <v>1.0564</v>
+        <v>0.96840000000000004</v>
       </c>
       <c r="P14" s="3">
-        <v>16.12</v>
+        <v>16.350000000000001</v>
       </c>
       <c r="Q14" s="3">
         <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>3.7499999999999999E-2</v>
+        <v>2.1399999999999999E-2</v>
       </c>
     </row>
     <row r="15" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B15" s="3" t="s">
         <v>8</v>
       </c>
       <c r="C15" s="3" t="s">
         <v>9</v>
       </c>
       <c r="D15" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="E15" s="3" t="s">
         <v>67</v>
       </c>
-      <c r="E15" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F15" s="3">
         <v>3</v>
       </c>
       <c r="G15" s="3">
         <v>2</v>
       </c>
       <c r="H15" s="3">
-        <v>62.96</v>
+        <v>14</v>
       </c>
       <c r="I15" s="3">
-        <v>20.65</v>
+        <v>0</v>
       </c>
       <c r="J15" s="4">
-        <v>2.58E-2</v>
+        <v>9.6500000000000002E-2</v>
       </c>
       <c r="K15" s="4">
-        <v>0</v>
+        <v>-0.1181</v>
       </c>
       <c r="L15" s="4">
-        <v>6.2100000000000002E-2</v>
+        <v>0.57520000000000004</v>
       </c>
       <c r="M15" s="4">
-        <v>0.1011</v>
+        <v>0</v>
       </c>
       <c r="N15" s="4">
-        <v>0.1172</v>
+        <v>0</v>
       </c>
       <c r="O15" s="4">
-        <v>1.2539</v>
+        <v>3.8081999999999998</v>
       </c>
       <c r="P15" s="3">
-        <v>11.27</v>
+        <v>0</v>
       </c>
       <c r="Q15" s="3">
         <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>1.9699999999999999E-2</v>
+        <v>9.9900000000000003E-2</v>
       </c>
     </row>
     <row r="16" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B16" s="3" t="s">
         <v>10</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>11</v>
       </c>
       <c r="D16" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="E16" s="3" t="s">
         <v>67</v>
       </c>
-      <c r="E16" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F16" s="3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G16" s="3">
         <v>2</v>
       </c>
       <c r="H16" s="3">
-        <v>12.65</v>
+        <v>3.86</v>
       </c>
       <c r="I16" s="3">
         <v>0</v>
       </c>
       <c r="J16" s="4">
-        <v>0.10589999999999999</v>
+        <v>7.6700000000000004E-2</v>
       </c>
       <c r="K16" s="4">
-        <v>0.35980000000000001</v>
+        <v>0.2258</v>
       </c>
       <c r="L16" s="4">
-        <v>0.59340000000000004</v>
+        <v>7.0400000000000004E-2</v>
       </c>
       <c r="M16" s="4">
         <v>0</v>
       </c>
       <c r="N16" s="4">
         <v>0</v>
       </c>
       <c r="O16" s="4">
-        <v>3.8081999999999998</v>
+        <v>0.69379999999999997</v>
       </c>
       <c r="P16" s="3">
-        <v>0</v>
+        <v>15.54</v>
       </c>
       <c r="Q16" s="3">
         <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>9.5100000000000004E-2</v>
+        <v>8.6800000000000002E-2</v>
       </c>
     </row>
     <row r="17" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B17" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C17" s="3" t="s">
         <v>13</v>
       </c>
       <c r="D17" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="E17" s="3" t="s">
         <v>67</v>
       </c>
-      <c r="E17" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F17" s="3">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="G17" s="3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="H17" s="3">
-        <v>3.96</v>
+        <v>36.96</v>
       </c>
       <c r="I17" s="3">
-        <v>0</v>
+        <v>26.09</v>
       </c>
       <c r="J17" s="4">
-        <v>7.6300000000000007E-2</v>
+        <v>4.1500000000000002E-2</v>
       </c>
       <c r="K17" s="4">
-        <v>0.6038</v>
+        <v>-0.26029999999999998</v>
       </c>
       <c r="L17" s="4">
-        <v>7.0099999999999996E-2</v>
+        <v>2.3300000000000001E-2</v>
       </c>
       <c r="M17" s="4">
-        <v>0</v>
+        <v>2.3599999999999999E-2</v>
       </c>
       <c r="N17" s="4">
-        <v>0.67769999999999997</v>
+        <v>1.2544999999999999</v>
       </c>
       <c r="O17" s="4">
-        <v>0.69650000000000001</v>
+        <v>0.59060000000000001</v>
       </c>
       <c r="P17" s="3">
-        <v>8.27</v>
+        <v>30.13</v>
       </c>
       <c r="Q17" s="3">
         <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>8.6800000000000002E-2</v>
+        <v>3.5200000000000002E-2</v>
       </c>
     </row>
     <row r="18" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B18" s="3" t="s">
-        <v>14</v>
+        <v>72</v>
       </c>
       <c r="C18" s="3" t="s">
-        <v>15</v>
+        <v>73</v>
       </c>
       <c r="D18" s="3" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="F18" s="3">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="G18" s="3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="H18" s="3">
-        <v>36.46</v>
+        <v>14.83</v>
       </c>
       <c r="I18" s="3">
-        <v>26.09</v>
+        <v>0</v>
       </c>
       <c r="J18" s="4">
-        <v>4.2000000000000003E-2</v>
+        <v>4.7699999999999999E-2</v>
       </c>
       <c r="K18" s="4">
-        <v>-0.4098</v>
+        <v>0</v>
       </c>
       <c r="L18" s="4">
-        <v>3.2599999999999997E-2</v>
+        <v>7.9500000000000001E-2</v>
       </c>
       <c r="M18" s="4">
-        <v>2.3599999999999999E-2</v>
+        <v>3.2800000000000003E-2</v>
       </c>
       <c r="N18" s="4">
-        <v>0.84770000000000001</v>
+        <v>0</v>
       </c>
       <c r="O18" s="4">
-        <v>0.60470000000000002</v>
+        <v>0.56589999999999996</v>
       </c>
       <c r="P18" s="3">
-        <v>95.83</v>
+        <v>13.79</v>
       </c>
       <c r="Q18" s="3">
         <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>3.0800000000000001E-2</v>
+        <v>6.1100000000000002E-2</v>
       </c>
     </row>
     <row r="19" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B19" s="3" t="s">
-        <v>74</v>
+        <v>14</v>
       </c>
       <c r="C19" s="3" t="s">
-        <v>75</v>
+        <v>15</v>
       </c>
       <c r="D19" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="E19" s="3" t="s">
         <v>67</v>
       </c>
-      <c r="E19" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F19" s="3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G19" s="3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="H19" s="3">
-        <v>14.25</v>
+        <v>15.54</v>
       </c>
       <c r="I19" s="3">
-        <v>0</v>
+        <v>10.07</v>
       </c>
       <c r="J19" s="4">
-        <v>4.9000000000000002E-2</v>
+        <v>4.8500000000000001E-2</v>
       </c>
       <c r="K19" s="4">
         <v>0</v>
       </c>
       <c r="L19" s="4">
-        <v>6.4299999999999996E-2</v>
+        <v>2.1399999999999999E-2</v>
       </c>
       <c r="M19" s="4">
-        <v>2.8299999999999999E-2</v>
+        <v>8.0000000000000002E-3</v>
       </c>
       <c r="N19" s="4">
-        <v>0.61739999999999995</v>
+        <v>0</v>
       </c>
       <c r="O19" s="4">
-        <v>0.55049999999999999</v>
+        <v>0.4234</v>
       </c>
       <c r="P19" s="3">
-        <v>16.18</v>
+        <v>0</v>
       </c>
       <c r="Q19" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R19" s="4">
-        <v>6.9699999999999998E-2</v>
+        <v>5.3199999999999997E-2</v>
       </c>
     </row>
     <row r="20" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B20" s="3" t="s">
-        <v>16</v>
+        <v>75</v>
       </c>
       <c r="C20" s="3" t="s">
-        <v>17</v>
+        <v>76</v>
       </c>
       <c r="D20" s="3" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>69</v>
+        <v>77</v>
       </c>
       <c r="F20" s="3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G20" s="3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="H20" s="3">
-        <v>14.59</v>
+        <v>10.130000000000001</v>
       </c>
       <c r="I20" s="3">
-        <v>10.07</v>
+        <v>0</v>
       </c>
       <c r="J20" s="4">
-        <v>5.2499999999999998E-2</v>
+        <v>7.0800000000000002E-2</v>
       </c>
       <c r="K20" s="4">
-        <v>0.113</v>
+        <v>-3.6700000000000003E-2</v>
       </c>
       <c r="L20" s="4">
-        <v>2.0299999999999999E-2</v>
+        <v>0.15609999999999999</v>
       </c>
       <c r="M20" s="4">
-        <v>8.0000000000000002E-3</v>
+        <v>0.2457</v>
       </c>
       <c r="N20" s="4">
-        <v>0.317</v>
+        <v>1.0656000000000001</v>
       </c>
       <c r="O20" s="4">
-        <v>0.35420000000000001</v>
+        <v>-5.19</v>
       </c>
       <c r="P20" s="3">
-        <v>13.53</v>
+        <v>21.43</v>
       </c>
       <c r="Q20" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R20" s="4">
-        <v>5.2400000000000002E-2</v>
+        <v>0.1008</v>
       </c>
     </row>
     <row r="21" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B21" s="3" t="s">
-        <v>77</v>
+        <v>16</v>
       </c>
       <c r="C21" s="3" t="s">
-        <v>78</v>
+        <v>17</v>
       </c>
       <c r="D21" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="E21" s="3" t="s">
         <v>67</v>
       </c>
-      <c r="E21" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F21" s="3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G21" s="3">
         <v>2</v>
       </c>
       <c r="H21" s="3">
-        <v>9.08</v>
+        <v>16</v>
       </c>
       <c r="I21" s="3">
-        <v>0</v>
+        <v>11.36</v>
       </c>
       <c r="J21" s="4">
-        <v>7.8799999999999995E-2</v>
+        <v>5.5199999999999999E-2</v>
       </c>
       <c r="K21" s="4">
-        <v>0</v>
+        <v>-6.7500000000000004E-2</v>
       </c>
       <c r="L21" s="4">
-        <v>0.188</v>
+        <v>5.0999999999999997E-2</v>
       </c>
       <c r="M21" s="4">
-        <v>0.2457</v>
+        <v>2.0999999999999999E-3</v>
       </c>
       <c r="N21" s="4">
-        <v>1.0656000000000001</v>
+        <v>0</v>
       </c>
       <c r="O21" s="4">
-        <v>-5.19</v>
+        <v>0.66859999999999997</v>
       </c>
       <c r="P21" s="3">
-        <v>19.260000000000002</v>
+        <v>0</v>
       </c>
       <c r="Q21" s="3">
         <v>0</v>
       </c>
       <c r="R21" s="4">
-        <v>8.0100000000000005E-2</v>
+        <v>6.1699999999999998E-2</v>
       </c>
     </row>
     <row r="22" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B22" s="3" t="s">
         <v>18</v>
       </c>
       <c r="C22" s="3" t="s">
         <v>19</v>
       </c>
       <c r="D22" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="E22" s="3" t="s">
         <v>67</v>
       </c>
-      <c r="E22" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F22" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G22" s="3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="H22" s="3">
-        <v>15</v>
+        <v>16.89</v>
       </c>
       <c r="I22" s="3">
-        <v>11.31</v>
+        <v>16.27</v>
       </c>
       <c r="J22" s="4">
-        <v>5.9799999999999999E-2</v>
+        <v>5.5100000000000003E-2</v>
       </c>
       <c r="K22" s="4">
-        <v>0</v>
+        <v>0.2293</v>
       </c>
       <c r="L22" s="4">
-        <v>5.0999999999999997E-2</v>
+        <v>3.6400000000000002E-2</v>
       </c>
       <c r="M22" s="4">
-        <v>1.6000000000000001E-3</v>
+        <v>3.3799999999999997E-2</v>
       </c>
       <c r="N22" s="4">
-        <v>0</v>
+        <v>0.43109999999999998</v>
       </c>
       <c r="O22" s="4">
-        <v>0.57709999999999995</v>
+        <v>0.52359999999999995</v>
       </c>
       <c r="P22" s="3">
-        <v>1004</v>
+        <v>20.73</v>
       </c>
       <c r="Q22" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R22" s="4">
-        <v>5.8900000000000001E-2</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="23" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B23" s="3" t="s">
-        <v>20</v>
+        <v>78</v>
       </c>
       <c r="C23" s="3" t="s">
-        <v>21</v>
+        <v>79</v>
       </c>
       <c r="D23" s="3" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="E23" s="3" t="s">
-        <v>69</v>
+        <v>80</v>
       </c>
       <c r="F23" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G23" s="3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="H23" s="3">
-        <v>15.85</v>
+        <v>21.14</v>
       </c>
       <c r="I23" s="3">
-        <v>16.27</v>
+        <v>0</v>
       </c>
       <c r="J23" s="4">
-        <v>5.9499999999999997E-2</v>
+        <v>2.92E-2</v>
       </c>
       <c r="K23" s="4">
-        <v>0.20330000000000001</v>
+        <v>0.92530000000000001</v>
       </c>
       <c r="L23" s="4">
-        <v>3.5000000000000003E-2</v>
+        <v>3.7199999999999997E-2</v>
       </c>
       <c r="M23" s="4">
-        <v>3.3799999999999997E-2</v>
+        <v>0</v>
       </c>
       <c r="N23" s="4">
-        <v>0.49630000000000002</v>
+        <v>0</v>
       </c>
       <c r="O23" s="4">
-        <v>0.53149999999999997</v>
+        <v>-1.8503000000000001</v>
       </c>
       <c r="P23" s="3">
-        <v>24.82</v>
+        <v>203.98</v>
       </c>
       <c r="Q23" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R23" s="4">
-        <v>5.7500000000000002E-2</v>
+        <v>4.8899999999999999E-2</v>
       </c>
     </row>
     <row r="24" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B24" s="3" t="s">
-        <v>80</v>
+        <v>20</v>
       </c>
       <c r="C24" s="3" t="s">
-        <v>81</v>
+        <v>21</v>
       </c>
       <c r="D24" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="E24" s="3" t="s">
         <v>67</v>
       </c>
-      <c r="E24" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F24" s="3">
         <v>3</v>
       </c>
       <c r="G24" s="3">
         <v>2</v>
       </c>
       <c r="H24" s="3">
-        <v>19.899999999999999</v>
+        <v>16.91</v>
       </c>
       <c r="I24" s="3">
         <v>0</v>
       </c>
       <c r="J24" s="4">
-        <v>3.0599999999999999E-2</v>
+        <v>5.79E-2</v>
       </c>
       <c r="K24" s="4">
-        <v>7.4899999999999994E-2</v>
+        <v>0</v>
       </c>
       <c r="L24" s="4">
-        <v>2.3099999999999999E-2</v>
+        <v>-2.0400000000000001E-2</v>
       </c>
       <c r="M24" s="4">
-        <v>0</v>
+        <v>-0.12959999999999999</v>
       </c>
       <c r="N24" s="4">
-        <v>7.0740999999999996</v>
+        <v>0</v>
       </c>
       <c r="O24" s="4">
-        <v>0.36520000000000002</v>
+        <v>-0.78959999999999997</v>
       </c>
       <c r="P24" s="3">
-        <v>211.86</v>
+        <v>0</v>
       </c>
       <c r="Q24" s="3">
         <v>0</v>
       </c>
       <c r="R24" s="4">
-        <v>5.4300000000000001E-2</v>
+        <v>6.83E-2</v>
       </c>
     </row>
     <row r="25" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B25" s="3" t="s">
         <v>22</v>
       </c>
       <c r="C25" s="3" t="s">
         <v>23</v>
       </c>
       <c r="D25" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="E25" s="3" t="s">
         <v>67</v>
       </c>
-      <c r="E25" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F25" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G25" s="3">
         <v>2</v>
       </c>
       <c r="H25" s="3">
-        <v>17.75</v>
+        <v>12.57</v>
       </c>
       <c r="I25" s="3">
-        <v>0</v>
+        <v>7.86</v>
       </c>
       <c r="J25" s="4">
-        <v>5.7799999999999997E-2</v>
+        <v>5.4300000000000001E-2</v>
       </c>
       <c r="K25" s="4">
-        <v>0</v>
+        <v>-0.16589999999999999</v>
       </c>
       <c r="L25" s="4">
-        <v>-1.8100000000000002E-2</v>
+        <v>0.1555</v>
       </c>
       <c r="M25" s="4">
-        <v>-0.12959999999999999</v>
+        <v>0</v>
       </c>
       <c r="N25" s="4">
-        <v>0</v>
+        <v>1.1789000000000001</v>
       </c>
       <c r="O25" s="4">
-        <v>-1.2341</v>
+        <v>1.0268999999999999</v>
       </c>
       <c r="P25" s="3">
-        <v>0</v>
+        <v>22.2</v>
       </c>
       <c r="Q25" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R25" s="4">
-        <v>6.4699999999999994E-2</v>
+        <v>5.62E-2</v>
       </c>
     </row>
     <row r="26" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B26" s="3" t="s">
-        <v>24</v>
+        <v>81</v>
       </c>
       <c r="C26" s="3" t="s">
-        <v>25</v>
+        <v>82</v>
       </c>
       <c r="D26" s="3" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="F26" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G26" s="3">
         <v>2</v>
       </c>
       <c r="H26" s="3">
-        <v>11.99</v>
+        <v>4.16</v>
       </c>
       <c r="I26" s="3">
-        <v>7.86</v>
+        <v>0</v>
       </c>
       <c r="J26" s="4">
-        <v>5.79E-2</v>
+        <v>6.8699999999999997E-2</v>
       </c>
       <c r="K26" s="4">
-        <v>-6.1199999999999997E-2</v>
+        <v>0.2505</v>
       </c>
       <c r="L26" s="4">
-        <v>0.15840000000000001</v>
+        <v>0.17399999999999999</v>
       </c>
       <c r="M26" s="4">
         <v>0</v>
       </c>
       <c r="N26" s="4">
-        <v>0.74950000000000006</v>
+        <v>1.5150999999999999</v>
       </c>
       <c r="O26" s="4">
-        <v>0.85850000000000004</v>
+        <v>-7.8098000000000001</v>
       </c>
       <c r="P26" s="3">
-        <v>14.16</v>
+        <v>23.75</v>
       </c>
       <c r="Q26" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R26" s="4">
-        <v>5.2499999999999998E-2</v>
+        <v>8.2799999999999999E-2</v>
       </c>
     </row>
     <row r="27" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B27" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C27" s="3" t="s">
         <v>84</v>
       </c>
       <c r="D27" s="3" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="F27" s="3">
         <v>3</v>
       </c>
       <c r="G27" s="3">
         <v>2</v>
       </c>
       <c r="H27" s="3">
-        <v>3.75</v>
+        <v>6.18</v>
       </c>
       <c r="I27" s="3">
         <v>0</v>
       </c>
       <c r="J27" s="4">
-        <v>7.6399999999999996E-2</v>
+        <v>2.5399999999999999E-2</v>
       </c>
       <c r="K27" s="4">
-        <v>0</v>
+        <v>0.2984</v>
       </c>
       <c r="L27" s="4">
-        <v>0.1691</v>
+        <v>0.24460000000000001</v>
       </c>
       <c r="M27" s="4">
-        <v>0</v>
+        <v>5.8700000000000002E-2</v>
       </c>
       <c r="N27" s="4">
-        <v>1.5150999999999999</v>
+        <v>0.22339999999999999</v>
       </c>
       <c r="O27" s="4">
-        <v>-7.8098000000000001</v>
+        <v>-0.4733</v>
       </c>
       <c r="P27" s="3">
-        <v>21.35</v>
+        <v>12.12</v>
       </c>
       <c r="Q27" s="3">
         <v>0</v>
       </c>
       <c r="R27" s="4">
-        <v>8.3099999999999993E-2</v>
+        <v>3.2800000000000003E-2</v>
       </c>
     </row>
     <row r="28" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B28" s="3" t="s">
         <v>85</v>
       </c>
       <c r="C28" s="3" t="s">
         <v>86</v>
       </c>
       <c r="D28" s="3" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="F28" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G28" s="3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="H28" s="3">
-        <v>4.6100000000000003</v>
+        <v>101.04</v>
       </c>
       <c r="I28" s="3">
-        <v>0</v>
+        <v>47.84</v>
       </c>
       <c r="J28" s="4">
-        <v>3.49E-2</v>
+        <v>2.7099999999999999E-2</v>
       </c>
       <c r="K28" s="4">
-        <v>0.30099999999999999</v>
+        <v>0.2203</v>
       </c>
       <c r="L28" s="4">
-        <v>0.2492</v>
+        <v>0.2344</v>
       </c>
       <c r="M28" s="4">
-        <v>-2.3800000000000002E-2</v>
+        <v>3.9E-2</v>
       </c>
       <c r="N28" s="4">
-        <v>0.22339999999999999</v>
+        <v>0</v>
       </c>
       <c r="O28" s="4">
-        <v>-0.4733</v>
+        <v>-1.7011000000000001</v>
       </c>
       <c r="P28" s="3">
-        <v>8.65</v>
+        <v>33.770000000000003</v>
       </c>
       <c r="Q28" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R28" s="4">
-        <v>3.39E-2</v>
+        <v>4.6199999999999998E-2</v>
       </c>
     </row>
     <row r="29" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B29" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C29" s="3" t="s">
         <v>88</v>
       </c>
       <c r="D29" s="3" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>72</v>
+        <v>80</v>
       </c>
       <c r="F29" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G29" s="3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="H29" s="3">
-        <v>80.27</v>
+        <v>26.29</v>
       </c>
       <c r="I29" s="3">
-        <v>47.84</v>
+        <v>0</v>
       </c>
       <c r="J29" s="4">
-        <v>3.4500000000000003E-2</v>
+        <v>1.9099999999999999E-2</v>
       </c>
       <c r="K29" s="4">
-        <v>0.28039999999999998</v>
+        <v>0.16639999999999999</v>
       </c>
       <c r="L29" s="4">
-        <v>0.21429999999999999</v>
+        <v>7.1300000000000002E-2</v>
       </c>
       <c r="M29" s="4">
-        <v>2.98E-2</v>
+        <v>0</v>
       </c>
       <c r="N29" s="4">
-        <v>1.0384</v>
+        <v>0</v>
       </c>
       <c r="O29" s="4">
-        <v>-2.5861000000000001</v>
+        <v>0.65769999999999995</v>
       </c>
       <c r="P29" s="3">
-        <v>30.11</v>
+        <v>23.69</v>
       </c>
       <c r="Q29" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R29" s="4">
-        <v>5.1299999999999998E-2</v>
+        <v>5.1999999999999998E-2</v>
       </c>
     </row>
     <row r="30" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B30" s="3" t="s">
         <v>89</v>
       </c>
       <c r="C30" s="3" t="s">
         <v>90</v>
       </c>
       <c r="D30" s="3" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>82</v>
+        <v>66</v>
       </c>
       <c r="F30" s="3">
         <v>3</v>
       </c>
       <c r="G30" s="3">
         <v>2</v>
       </c>
       <c r="H30" s="3">
-        <v>22.33</v>
+        <v>12.14</v>
       </c>
       <c r="I30" s="3">
         <v>0</v>
       </c>
       <c r="J30" s="4">
-        <v>2.2800000000000001E-2</v>
+        <v>7.6700000000000004E-2</v>
       </c>
       <c r="K30" s="4">
-        <v>0.17949999999999999</v>
+        <v>2.1100000000000001E-2</v>
       </c>
       <c r="L30" s="4">
-        <v>6.4500000000000002E-2</v>
+        <v>7.8700000000000006E-2</v>
       </c>
       <c r="M30" s="4">
-        <v>0</v>
+        <v>5.6099999999999997E-2</v>
       </c>
       <c r="N30" s="4">
-        <v>0.5323</v>
+        <v>0.99960000000000004</v>
       </c>
       <c r="O30" s="4">
-        <v>0.41760000000000003</v>
+        <v>0.76529999999999998</v>
       </c>
       <c r="P30" s="3">
-        <v>19.88</v>
+        <v>11.92</v>
       </c>
       <c r="Q30" s="3">
         <v>0</v>
       </c>
       <c r="R30" s="4">
-        <v>6.25E-2</v>
+        <v>8.3000000000000004E-2</v>
       </c>
     </row>
     <row r="31" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B31" s="3" t="s">
-        <v>91</v>
+        <v>24</v>
       </c>
       <c r="C31" s="3" t="s">
-        <v>92</v>
+        <v>25</v>
       </c>
       <c r="D31" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="E31" s="3" t="s">
         <v>67</v>
       </c>
-      <c r="E31" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F31" s="3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G31" s="3">
         <v>2</v>
       </c>
       <c r="H31" s="3">
-        <v>11.62</v>
+        <v>6.04</v>
       </c>
       <c r="I31" s="3">
         <v>0</v>
       </c>
       <c r="J31" s="4">
-        <v>8.1000000000000003E-2</v>
+        <v>8.5199999999999998E-2</v>
       </c>
       <c r="K31" s="4">
-        <v>2.4299999999999999E-2</v>
+        <v>-0.13569999999999999</v>
       </c>
       <c r="L31" s="4">
-        <v>8.3199999999999996E-2</v>
+        <v>6.6400000000000001E-2</v>
       </c>
       <c r="M31" s="4">
-        <v>0</v>
+        <v>5.5999999999999999E-3</v>
       </c>
       <c r="N31" s="4">
-        <v>0.99960000000000004</v>
+        <v>0.56659999999999999</v>
       </c>
       <c r="O31" s="4">
-        <v>0.76529999999999998</v>
+        <v>1.0387</v>
       </c>
       <c r="P31" s="3">
-        <v>11.28</v>
+        <v>11.89</v>
       </c>
       <c r="Q31" s="3">
         <v>0</v>
       </c>
       <c r="R31" s="4">
-        <v>7.9399999999999998E-2</v>
+        <v>9.4899999999999998E-2</v>
       </c>
     </row>
     <row r="32" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B32" s="3" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="3" t="s">
         <v>27</v>
       </c>
       <c r="D32" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="E32" s="3" t="s">
         <v>67</v>
       </c>
-      <c r="E32" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F32" s="3">
         <v>2</v>
       </c>
       <c r="G32" s="3">
         <v>2</v>
       </c>
       <c r="H32" s="3">
-        <v>5.96</v>
+        <v>21.21</v>
       </c>
       <c r="I32" s="3">
         <v>0</v>
       </c>
       <c r="J32" s="4">
-        <v>8.7800000000000003E-2</v>
+        <v>4.3700000000000003E-2</v>
       </c>
       <c r="K32" s="4">
-        <v>3.8199999999999998E-2</v>
+        <v>0.622</v>
       </c>
       <c r="L32" s="4">
-        <v>6.6100000000000006E-2</v>
+        <v>1.8100000000000002E-2</v>
       </c>
       <c r="M32" s="4">
-        <v>5.5999999999999999E-3</v>
+        <v>6.88E-2</v>
       </c>
       <c r="N32" s="4">
-        <v>0.56659999999999999</v>
+        <v>0.1777</v>
       </c>
       <c r="O32" s="4">
-        <v>1.0387</v>
+        <v>0.88780000000000003</v>
       </c>
       <c r="P32" s="3">
-        <v>11.54</v>
+        <v>4.22</v>
       </c>
       <c r="Q32" s="3">
         <v>0</v>
       </c>
       <c r="R32" s="4">
-        <v>8.9899999999999994E-2</v>
+        <v>5.1400000000000001E-2</v>
       </c>
     </row>
     <row r="33" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B33" s="3" t="s">
-        <v>28</v>
+        <v>91</v>
       </c>
       <c r="C33" s="3" t="s">
-        <v>29</v>
+        <v>92</v>
       </c>
       <c r="D33" s="3" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>69</v>
+        <v>77</v>
       </c>
       <c r="F33" s="3">
         <v>2</v>
       </c>
       <c r="G33" s="3">
         <v>2</v>
       </c>
       <c r="H33" s="3">
-        <v>18.68</v>
+        <v>17.87</v>
       </c>
       <c r="I33" s="3">
-        <v>0</v>
+        <v>11.31</v>
       </c>
       <c r="J33" s="4">
-        <v>4.7500000000000001E-2</v>
+        <v>6.0199999999999997E-2</v>
       </c>
       <c r="K33" s="4">
-        <v>1.7946</v>
+        <v>2.4918</v>
       </c>
       <c r="L33" s="4">
-        <v>1.54E-2</v>
+        <v>0.26129999999999998</v>
       </c>
       <c r="M33" s="4">
-        <v>6.8999999999999999E-3</v>
+        <v>0.35099999999999998</v>
       </c>
       <c r="N33" s="4">
-        <v>0.89490000000000003</v>
+        <v>1.097</v>
       </c>
       <c r="O33" s="4">
-        <v>0.83560000000000001</v>
+        <v>-2.3975</v>
       </c>
       <c r="P33" s="3">
-        <v>16.309999999999999</v>
+        <v>22.3</v>
       </c>
       <c r="Q33" s="3">
         <v>0</v>
       </c>
       <c r="R33" s="4">
-        <v>4.5400000000000003E-2</v>
+        <v>7.5700000000000003E-2</v>
       </c>
     </row>
     <row r="34" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B34" s="3" t="s">
-        <v>93</v>
+        <v>28</v>
       </c>
       <c r="C34" s="3" t="s">
-        <v>94</v>
+        <v>29</v>
       </c>
       <c r="D34" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="E34" s="3" t="s">
         <v>67</v>
       </c>
-      <c r="E34" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F34" s="3">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="G34" s="3">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="H34" s="3">
-        <v>15.24</v>
+        <v>86.34</v>
       </c>
       <c r="I34" s="3">
-        <v>11.31</v>
+        <v>61.53</v>
       </c>
       <c r="J34" s="4">
-        <v>7.0699999999999999E-2</v>
+        <v>3.9699999999999999E-2</v>
       </c>
       <c r="K34" s="4">
-        <v>0</v>
+        <v>-0.1275</v>
       </c>
       <c r="L34" s="4">
-        <v>0.28899999999999998</v>
+        <v>0.1106</v>
       </c>
       <c r="M34" s="4">
-        <v>0.35099999999999998</v>
+        <v>3.3700000000000001E-2</v>
       </c>
       <c r="N34" s="4">
-        <v>1.097</v>
+        <v>0</v>
       </c>
       <c r="O34" s="4">
-        <v>-2.3975</v>
+        <v>0.53710000000000002</v>
       </c>
       <c r="P34" s="3">
-        <v>18.98</v>
+        <v>15.96</v>
       </c>
       <c r="Q34" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R34" s="4">
-        <v>7.3300000000000004E-2</v>
+        <v>4.5400000000000003E-2</v>
       </c>
     </row>
     <row r="35" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B35" s="3" t="s">
         <v>30</v>
       </c>
       <c r="C35" s="3" t="s">
         <v>31</v>
       </c>
       <c r="D35" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="E35" s="3" t="s">
         <v>67</v>
       </c>
-      <c r="E35" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F35" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G35" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H35" s="3">
-        <v>76.2</v>
+        <v>12.74</v>
       </c>
       <c r="I35" s="3">
-        <v>61.53</v>
-[...2 lines deleted...]
-        <v>4.4699999999999997E-2</v>
+        <v>0</v>
+      </c>
+      <c r="J35" s="3" t="s">
+        <v>3</v>
       </c>
       <c r="K35" s="4">
-        <v>-7.8200000000000006E-2</v>
+        <v>0</v>
       </c>
       <c r="L35" s="4">
-        <v>0.122</v>
-[...2 lines deleted...]
-        <v>3.2000000000000001E-2</v>
+        <v>6.4500000000000002E-2</v>
+      </c>
+      <c r="M35" s="3" t="s">
+        <v>3</v>
       </c>
       <c r="N35" s="4">
-        <v>0.57740000000000002</v>
-[...2 lines deleted...]
-        <v>0.55659999999999998</v>
+        <v>0</v>
+      </c>
+      <c r="O35" s="3" t="s">
+        <v>3</v>
       </c>
       <c r="P35" s="3">
-        <v>16.170000000000002</v>
+        <v>0</v>
       </c>
       <c r="Q35" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R35" s="4">
-        <v>4.19E-2</v>
+        <v>4.36E-2</v>
       </c>
     </row>
     <row r="36" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B36" s="3" t="s">
         <v>32</v>
       </c>
       <c r="C36" s="3" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="D36" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="E36" s="3" t="s">
         <v>67</v>
       </c>
-      <c r="E36" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F36" s="3">
         <v>3</v>
       </c>
       <c r="G36" s="3">
         <v>3</v>
       </c>
       <c r="H36" s="3">
-        <v>11.7</v>
+        <v>17.14</v>
       </c>
       <c r="I36" s="3">
         <v>0</v>
       </c>
       <c r="J36" s="3" t="s">
         <v>3</v>
       </c>
       <c r="K36" s="4">
         <v>0</v>
       </c>
       <c r="L36" s="4">
-        <v>6.1199999999999997E-2</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>6.4500000000000002E-2</v>
+      </c>
+      <c r="M36" s="4">
+        <v>2.29E-2</v>
       </c>
       <c r="N36" s="4">
         <v>0</v>
       </c>
-      <c r="O36" s="3" t="s">
-        <v>3</v>
+      <c r="O36" s="4">
+        <v>0.88149999999999995</v>
       </c>
       <c r="P36" s="3">
         <v>0</v>
       </c>
       <c r="Q36" s="3">
         <v>0</v>
       </c>
       <c r="R36" s="4">
-        <v>3.95E-2</v>
+        <v>4.36E-2</v>
       </c>
     </row>
     <row r="37" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B37" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="C37" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="C37" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D37" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="E37" s="3" t="s">
         <v>67</v>
       </c>
-      <c r="E37" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F37" s="3">
         <v>3</v>
       </c>
       <c r="G37" s="3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="H37" s="3">
-        <v>16.36</v>
+        <v>10.41</v>
       </c>
       <c r="I37" s="3">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>21.2</v>
+      </c>
+      <c r="J37" s="4">
+        <v>5.7299999999999997E-2</v>
       </c>
       <c r="K37" s="4">
         <v>0</v>
       </c>
       <c r="L37" s="4">
-        <v>6.1199999999999997E-2</v>
+        <v>-5.57E-2</v>
       </c>
       <c r="M37" s="4">
-        <v>2.29E-2</v>
+        <v>-2.76E-2</v>
       </c>
       <c r="N37" s="4">
         <v>0</v>
       </c>
       <c r="O37" s="4">
-        <v>0.88149999999999995</v>
+        <v>0.79410000000000003</v>
       </c>
       <c r="P37" s="3">
         <v>0</v>
       </c>
       <c r="Q37" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R37" s="4">
-        <v>3.95E-2</v>
+        <v>5.7299999999999997E-2</v>
       </c>
     </row>
     <row r="38" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B38" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C38" s="3" t="s">
         <v>36</v>
       </c>
       <c r="D38" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="E38" s="3" t="s">
         <v>67</v>
       </c>
-      <c r="E38" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F38" s="3">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G38" s="3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="H38" s="3">
-        <v>10.01</v>
+        <v>13.35</v>
       </c>
       <c r="I38" s="3">
-        <v>21.2</v>
+        <v>5.89</v>
       </c>
       <c r="J38" s="4">
-        <v>5.9400000000000001E-2</v>
+        <v>2.9600000000000001E-2</v>
       </c>
       <c r="K38" s="4">
-        <v>-0.29880000000000001</v>
+        <v>0</v>
       </c>
       <c r="L38" s="4">
-        <v>-5.8599999999999999E-2</v>
+        <v>8.7900000000000006E-2</v>
       </c>
       <c r="M38" s="4">
-        <v>-2.76E-2</v>
+        <v>4.0800000000000003E-2</v>
       </c>
       <c r="N38" s="4">
         <v>0</v>
       </c>
       <c r="O38" s="4">
-        <v>0.6411</v>
+        <v>0.65329999999999999</v>
       </c>
       <c r="P38" s="3">
-        <v>0</v>
+        <v>102.98</v>
       </c>
       <c r="Q38" s="3">
         <v>1</v>
       </c>
       <c r="R38" s="4">
-        <v>5.33E-2</v>
+        <v>3.15E-2</v>
       </c>
     </row>
     <row r="39" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B39" s="3" t="s">
-        <v>37</v>
+        <v>93</v>
       </c>
       <c r="C39" s="3" t="s">
-        <v>38</v>
+        <v>94</v>
       </c>
       <c r="D39" s="3" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="F39" s="3">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G39" s="3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="H39" s="3">
-        <v>13.19</v>
+        <v>35.18</v>
       </c>
       <c r="I39" s="3">
-        <v>5.89</v>
+        <v>0</v>
       </c>
       <c r="J39" s="4">
-        <v>3.0200000000000001E-2</v>
+        <v>3.3599999999999998E-2</v>
       </c>
       <c r="K39" s="4">
-        <v>0</v>
+        <v>0.1484</v>
       </c>
       <c r="L39" s="4">
-        <v>9.1499999999999998E-2</v>
+        <v>0.19500000000000001</v>
       </c>
       <c r="M39" s="4">
-        <v>4.8500000000000001E-2</v>
+        <v>0</v>
       </c>
       <c r="N39" s="4">
-        <v>0</v>
+        <v>0.67849999999999999</v>
       </c>
       <c r="O39" s="4">
-        <v>0.52739999999999998</v>
+        <v>0.36059999999999998</v>
       </c>
       <c r="P39" s="3">
-        <v>0</v>
+        <v>21.58</v>
       </c>
       <c r="Q39" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R39" s="4">
-        <v>2.8899999999999999E-2</v>
+        <v>3.6499999999999998E-2</v>
       </c>
     </row>
     <row r="40" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B40" s="3" t="s">
-        <v>95</v>
+        <v>37</v>
       </c>
       <c r="C40" s="3" t="s">
-        <v>96</v>
+        <v>38</v>
       </c>
       <c r="D40" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="E40" s="3" t="s">
         <v>67</v>
       </c>
-      <c r="E40" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F40" s="3">
         <v>3</v>
       </c>
       <c r="G40" s="3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="H40" s="3">
-        <v>35.25</v>
+        <v>16.5</v>
       </c>
       <c r="I40" s="3">
-        <v>0</v>
+        <v>9.18</v>
       </c>
       <c r="J40" s="4">
-        <v>3.4200000000000001E-2</v>
+        <v>4.2799999999999998E-2</v>
       </c>
       <c r="K40" s="4">
-        <v>0.37709999999999999</v>
+        <v>-0.28360000000000002</v>
       </c>
       <c r="L40" s="4">
-        <v>0.15490000000000001</v>
+        <v>7.5999999999999998E-2</v>
       </c>
       <c r="M40" s="4">
-        <v>0</v>
+        <v>1.14E-2</v>
       </c>
       <c r="N40" s="4">
-        <v>0.67849999999999999</v>
+        <v>2.7309999999999999</v>
       </c>
       <c r="O40" s="4">
-        <v>0.36059999999999998</v>
+        <v>0.95140000000000002</v>
       </c>
       <c r="P40" s="3">
-        <v>21.21</v>
+        <v>69.62</v>
       </c>
       <c r="Q40" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R40" s="4">
-        <v>3.6799999999999999E-2</v>
+        <v>4.2000000000000003E-2</v>
       </c>
     </row>
     <row r="41" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B41" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C41" s="3" t="s">
         <v>40</v>
       </c>
       <c r="D41" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="E41" s="3" t="s">
         <v>67</v>
       </c>
-      <c r="E41" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F41" s="3">
         <v>3</v>
       </c>
       <c r="G41" s="3">
         <v>3</v>
       </c>
       <c r="H41" s="3">
-        <v>16.239999999999998</v>
+        <v>19.45</v>
       </c>
       <c r="I41" s="3">
-        <v>9.18</v>
+        <v>0</v>
       </c>
       <c r="J41" s="4">
-        <v>4.3999999999999997E-2</v>
-[...8 lines deleted...]
-        <v>1.14E-2</v>
+        <v>3.4799999999999998E-2</v>
+      </c>
+      <c r="K41" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="L41" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="M41" s="3" t="s">
+        <v>3</v>
       </c>
       <c r="N41" s="4">
-        <v>0.11559999999999999</v>
-[...2 lines deleted...]
-        <v>0.86709999999999998</v>
+        <v>0.1065</v>
+      </c>
+      <c r="O41" s="3" t="s">
+        <v>3</v>
       </c>
       <c r="P41" s="3">
-        <v>3.75</v>
+        <v>4.95</v>
       </c>
       <c r="Q41" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R41" s="4">
-        <v>3.85E-2</v>
+        <v>3.6499999999999998E-2</v>
       </c>
     </row>
     <row r="42" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B42" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C42" s="3" t="s">
         <v>42</v>
       </c>
       <c r="D42" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="E42" s="3" t="s">
         <v>67</v>
       </c>
-      <c r="E42" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F42" s="3">
         <v>3</v>
       </c>
       <c r="G42" s="3">
         <v>3</v>
       </c>
       <c r="H42" s="3">
-        <v>18.04</v>
+        <v>17.53</v>
       </c>
       <c r="I42" s="3">
-        <v>0</v>
+        <v>11.94</v>
       </c>
       <c r="J42" s="4">
-        <v>3.5799999999999998E-2</v>
-[...8 lines deleted...]
-        <v>3</v>
+        <v>3.0499999999999999E-2</v>
+      </c>
+      <c r="K42" s="4">
+        <v>-5.1000000000000004E-3</v>
+      </c>
+      <c r="L42" s="4">
+        <v>4.6600000000000003E-2</v>
+      </c>
+      <c r="M42" s="4">
+        <v>3.3099999999999997E-2</v>
       </c>
       <c r="N42" s="4">
-        <v>0.1065</v>
+        <v>0</v>
       </c>
       <c r="O42" s="4">
-        <v>0.30669999999999997</v>
+        <v>0.88780000000000003</v>
       </c>
       <c r="P42" s="3">
-        <v>4.82</v>
+        <v>9.0299999999999994</v>
       </c>
       <c r="Q42" s="3">
         <v>0</v>
       </c>
       <c r="R42" s="4">
-        <v>3.5200000000000002E-2</v>
+        <v>3.61E-2</v>
       </c>
     </row>
     <row r="43" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B43" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C43" s="3" t="s">
         <v>44</v>
       </c>
       <c r="D43" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="E43" s="3" t="s">
         <v>67</v>
       </c>
-      <c r="E43" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F43" s="3">
         <v>3</v>
       </c>
       <c r="G43" s="3">
         <v>3</v>
       </c>
       <c r="H43" s="3">
-        <v>13.2</v>
+        <v>18.059999999999999</v>
       </c>
       <c r="I43" s="3">
-        <v>11.61</v>
+        <v>13.56</v>
       </c>
       <c r="J43" s="4">
-        <v>4.0300000000000002E-2</v>
+        <v>4.2599999999999999E-2</v>
       </c>
       <c r="K43" s="4">
-        <v>-0.1729</v>
+        <v>1.41E-2</v>
       </c>
       <c r="L43" s="4">
-        <v>4.3999999999999997E-2</v>
+        <v>7.5300000000000006E-2</v>
       </c>
       <c r="M43" s="4">
-        <v>2.7E-2</v>
+        <v>2.4500000000000001E-2</v>
       </c>
       <c r="N43" s="4">
-        <v>0.32</v>
+        <v>0.25559999999999999</v>
       </c>
       <c r="O43" s="4">
-        <v>0.75480000000000003</v>
+        <v>0.2999</v>
       </c>
       <c r="P43" s="3">
-        <v>6.93</v>
+        <v>9.91</v>
       </c>
       <c r="Q43" s="3">
         <v>0</v>
       </c>
       <c r="R43" s="4">
-        <v>3.1699999999999999E-2</v>
+        <v>4.6100000000000002E-2</v>
       </c>
     </row>
     <row r="44" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B44" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C44" s="3" t="s">
         <v>46</v>
       </c>
       <c r="D44" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="E44" s="3" t="s">
         <v>67</v>
       </c>
-      <c r="E44" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F44" s="3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G44" s="3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="H44" s="3">
-        <v>16.55</v>
+        <v>6.53</v>
       </c>
       <c r="I44" s="3">
-        <v>13.05</v>
+        <v>0</v>
       </c>
       <c r="J44" s="4">
-        <v>4.7199999999999999E-2</v>
+        <v>3.6400000000000002E-2</v>
       </c>
       <c r="K44" s="4">
-        <v>-5.1499999999999997E-2</v>
+        <v>-0.4234</v>
       </c>
       <c r="L44" s="4">
-        <v>7.3400000000000007E-2</v>
+        <v>-7.4000000000000003E-3</v>
       </c>
       <c r="M44" s="4">
-        <v>1.66E-2</v>
+        <v>-0.10589999999999999</v>
       </c>
       <c r="N44" s="4">
-        <v>0.26300000000000001</v>
+        <v>0</v>
       </c>
       <c r="O44" s="4">
-        <v>0.2742</v>
+        <v>9.35E-2</v>
       </c>
       <c r="P44" s="3">
-        <v>7.52</v>
+        <v>0</v>
       </c>
       <c r="Q44" s="3">
         <v>0</v>
       </c>
       <c r="R44" s="4">
-        <v>4.4600000000000001E-2</v>
+        <v>4.2700000000000002E-2</v>
       </c>
     </row>
     <row r="45" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B45" s="3" t="s">
-        <v>47</v>
+        <v>95</v>
       </c>
       <c r="C45" s="3" t="s">
-        <v>48</v>
+        <v>96</v>
       </c>
       <c r="D45" s="3" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="F45" s="3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G45" s="3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="H45" s="3">
-        <v>6.03</v>
+        <v>16.670000000000002</v>
       </c>
       <c r="I45" s="3">
         <v>0</v>
       </c>
       <c r="J45" s="4">
-        <v>4.0500000000000001E-2</v>
+        <v>4.9299999999999997E-2</v>
       </c>
       <c r="K45" s="4">
-        <v>-0.3468</v>
+        <v>7.5800000000000006E-2</v>
       </c>
       <c r="L45" s="4">
-        <v>-8.0000000000000002E-3</v>
+        <v>0.13420000000000001</v>
       </c>
       <c r="M45" s="4">
-        <v>-0.12939999999999999</v>
+        <v>0.1487</v>
       </c>
       <c r="N45" s="4">
-        <v>0</v>
+        <v>0.81799999999999995</v>
       </c>
       <c r="O45" s="4">
-        <v>0.17369999999999999</v>
+        <v>0.46760000000000002</v>
       </c>
       <c r="P45" s="3">
-        <v>0</v>
+        <v>16.850000000000001</v>
       </c>
       <c r="Q45" s="3">
         <v>0</v>
       </c>
       <c r="R45" s="4">
-        <v>4.4400000000000002E-2</v>
+        <v>5.2900000000000003E-2</v>
       </c>
     </row>
     <row r="46" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B46" s="3" t="s">
-        <v>97</v>
+        <v>47</v>
       </c>
       <c r="C46" s="3" t="s">
-        <v>98</v>
+        <v>48</v>
       </c>
       <c r="D46" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="E46" s="3" t="s">
         <v>67</v>
       </c>
-      <c r="E46" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F46" s="3">
         <v>3</v>
       </c>
       <c r="G46" s="3">
         <v>3</v>
       </c>
       <c r="H46" s="3">
-        <v>15.28</v>
+        <v>6.2</v>
       </c>
       <c r="I46" s="3">
-        <v>0</v>
+        <v>3.87</v>
       </c>
       <c r="J46" s="4">
-        <v>5.4899999999999997E-2</v>
+        <v>5.62E-2</v>
       </c>
       <c r="K46" s="4">
-        <v>0.11559999999999999</v>
+        <v>0.1231</v>
       </c>
       <c r="L46" s="4">
-        <v>0.12509999999999999</v>
+        <v>0.1348</v>
       </c>
       <c r="M46" s="4">
-        <v>0.1847</v>
+        <v>5.5899999999999998E-2</v>
       </c>
       <c r="N46" s="4">
-        <v>0.60229999999999995</v>
+        <v>0.99829999999999997</v>
       </c>
       <c r="O46" s="4">
-        <v>0.37930000000000003</v>
+        <v>0.54449999999999998</v>
       </c>
       <c r="P46" s="3">
-        <v>14.44</v>
+        <v>9.51</v>
       </c>
       <c r="Q46" s="3">
         <v>0</v>
       </c>
       <c r="R46" s="4">
-        <v>4.99E-2</v>
+        <v>6.4500000000000002E-2</v>
       </c>
     </row>
     <row r="47" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B47" s="3" t="s">
-        <v>49</v>
+        <v>132</v>
       </c>
       <c r="C47" s="3" t="s">
-        <v>50</v>
+        <v>133</v>
       </c>
       <c r="D47" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="E47" s="3" t="s">
         <v>67</v>
       </c>
-      <c r="E47" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F47" s="3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G47" s="3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="H47" s="3">
-        <v>5.51</v>
+        <v>5.74</v>
       </c>
       <c r="I47" s="3">
-        <v>3.87</v>
+        <v>3.6</v>
       </c>
       <c r="J47" s="4">
-        <v>6.3100000000000003E-2</v>
+        <v>6.1899999999999997E-2</v>
       </c>
       <c r="K47" s="4">
-        <v>0.1163</v>
+        <v>0</v>
       </c>
       <c r="L47" s="4">
-        <v>0.15529999999999999</v>
+        <v>2.6499999999999999E-2</v>
       </c>
       <c r="M47" s="4">
-        <v>6.4899999999999999E-2</v>
+        <v>-0.1477</v>
       </c>
       <c r="N47" s="4">
-        <v>0.99829999999999997</v>
+        <v>0</v>
       </c>
       <c r="O47" s="4">
-        <v>0.54449999999999998</v>
+        <v>0.48089999999999999</v>
       </c>
       <c r="P47" s="3">
-        <v>8.4700000000000006</v>
+        <v>0</v>
       </c>
       <c r="Q47" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R47" s="4">
-        <v>5.96E-2</v>
+        <v>7.6300000000000007E-2</v>
       </c>
     </row>
     <row r="48" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B48" s="3" t="s">
-        <v>138</v>
+        <v>49</v>
       </c>
       <c r="C48" s="3" t="s">
-        <v>139</v>
+        <v>50</v>
       </c>
       <c r="D48" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="E48" s="3" t="s">
         <v>67</v>
       </c>
-      <c r="E48" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F48" s="3">
         <v>2</v>
       </c>
       <c r="G48" s="3">
         <v>2</v>
       </c>
       <c r="H48" s="3">
-        <v>5.29</v>
+        <v>7.61</v>
       </c>
       <c r="I48" s="3">
-        <v>3.6</v>
+        <v>0</v>
       </c>
       <c r="J48" s="4">
-        <v>6.7400000000000002E-2</v>
+        <v>8.2199999999999995E-2</v>
       </c>
       <c r="K48" s="4">
-        <v>0</v>
+        <v>-2.1299999999999999E-2</v>
       </c>
       <c r="L48" s="4">
-        <v>2.3699999999999999E-2</v>
+        <v>0.2288</v>
       </c>
       <c r="M48" s="4">
-        <v>-0.1477</v>
+        <v>0</v>
       </c>
       <c r="N48" s="4">
         <v>0</v>
       </c>
       <c r="O48" s="4">
-        <v>0.56820000000000004</v>
+        <v>1.8205</v>
       </c>
       <c r="P48" s="3">
-        <v>26.78</v>
+        <v>9.36</v>
       </c>
       <c r="Q48" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R48" s="4">
-        <v>7.3200000000000001E-2</v>
+        <v>7.7399999999999997E-2</v>
       </c>
     </row>
     <row r="49" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B49" s="3" t="s">
-        <v>51</v>
+        <v>97</v>
       </c>
       <c r="C49" s="3" t="s">
-        <v>52</v>
+        <v>98</v>
       </c>
       <c r="D49" s="3" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>69</v>
+        <v>66</v>
       </c>
       <c r="F49" s="3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G49" s="3">
         <v>2</v>
       </c>
       <c r="H49" s="3">
-        <v>7.63</v>
+        <v>123.9</v>
       </c>
       <c r="I49" s="3">
         <v>0</v>
       </c>
       <c r="J49" s="4">
-        <v>8.4000000000000005E-2</v>
+        <v>5.8500000000000003E-2</v>
       </c>
       <c r="K49" s="4">
-        <v>-0.22159999999999999</v>
+        <v>0.24099999999999999</v>
       </c>
       <c r="L49" s="4">
-        <v>0.2359</v>
+        <v>0.15359999999999999</v>
       </c>
       <c r="M49" s="4">
-        <v>0</v>
+        <v>0.2114</v>
       </c>
       <c r="N49" s="4">
-        <v>0.49249999999999999</v>
+        <v>0</v>
       </c>
       <c r="O49" s="4">
-        <v>1.8205</v>
+        <v>0.98819999999999997</v>
       </c>
       <c r="P49" s="3">
-        <v>9.15</v>
+        <v>13.79</v>
       </c>
       <c r="Q49" s="3">
         <v>0</v>
       </c>
       <c r="R49" s="4">
-        <v>6.9900000000000004E-2</v>
+        <v>6.6699999999999995E-2</v>
       </c>
     </row>
     <row r="50" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B50" s="3" t="s">
         <v>99</v>
       </c>
       <c r="C50" s="3" t="s">
         <v>100</v>
       </c>
       <c r="D50" s="3" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>68</v>
+        <v>77</v>
       </c>
       <c r="F50" s="3">
         <v>3</v>
       </c>
       <c r="G50" s="3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="H50" s="3">
-        <v>113.5</v>
+        <v>27.62</v>
       </c>
       <c r="I50" s="3">
         <v>0</v>
       </c>
       <c r="J50" s="4">
-        <v>6.3299999999999995E-2</v>
+        <v>4.8899999999999999E-2</v>
       </c>
       <c r="K50" s="4">
-        <v>0.23669999999999999</v>
+        <v>0.34100000000000003</v>
       </c>
       <c r="L50" s="4">
-        <v>0.16009999999999999</v>
+        <v>0.16900000000000001</v>
       </c>
       <c r="M50" s="4">
-        <v>0.2114</v>
+        <v>0.61539999999999995</v>
       </c>
       <c r="N50" s="4">
-        <v>0.72430000000000005</v>
+        <v>0.92090000000000005</v>
       </c>
       <c r="O50" s="4">
-        <v>0.89549999999999996</v>
+        <v>0.73709999999999998</v>
       </c>
       <c r="P50" s="3">
-        <v>12.74</v>
+        <v>14.65</v>
       </c>
       <c r="Q50" s="3">
         <v>0</v>
       </c>
       <c r="R50" s="4">
-        <v>6.5500000000000003E-2</v>
+        <v>8.5000000000000006E-2</v>
       </c>
     </row>
     <row r="51" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B51" s="3" t="s">
-        <v>101</v>
+        <v>51</v>
       </c>
       <c r="C51" s="3" t="s">
-        <v>102</v>
+        <v>52</v>
       </c>
       <c r="D51" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="E51" s="3" t="s">
         <v>67</v>
       </c>
-      <c r="E51" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F51" s="3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G51" s="3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="H51" s="3">
-        <v>23.16</v>
+        <v>4.42</v>
       </c>
       <c r="I51" s="3">
         <v>0</v>
       </c>
       <c r="J51" s="4">
-        <v>5.8099999999999999E-2</v>
+        <v>6.2799999999999995E-2</v>
       </c>
       <c r="K51" s="4">
         <v>0</v>
       </c>
       <c r="L51" s="4">
-        <v>0.20680000000000001</v>
+        <v>3.3399999999999999E-2</v>
       </c>
       <c r="M51" s="4">
-        <v>0.54490000000000005</v>
+        <v>0</v>
       </c>
       <c r="N51" s="4">
-        <v>0.92090000000000005</v>
+        <v>0</v>
       </c>
       <c r="O51" s="4">
-        <v>0.73709999999999998</v>
+        <v>0.77129999999999999</v>
       </c>
       <c r="P51" s="3">
-        <v>12.33</v>
+        <v>8.83</v>
       </c>
       <c r="Q51" s="3">
         <v>0</v>
       </c>
       <c r="R51" s="4">
-        <v>8.6300000000000002E-2</v>
+        <v>7.0699999999999999E-2</v>
       </c>
     </row>
     <row r="52" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B52" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C52" s="3" t="s">
         <v>54</v>
       </c>
       <c r="D52" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="E52" s="3" t="s">
         <v>67</v>
       </c>
-      <c r="E52" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F52" s="3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G52" s="3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="H52" s="3">
-        <v>4.13</v>
+        <v>17.59</v>
       </c>
       <c r="I52" s="3">
         <v>0</v>
       </c>
       <c r="J52" s="4">
-        <v>6.8000000000000005E-2</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>4.9000000000000002E-2</v>
+      </c>
+      <c r="K52" s="3" t="s">
+        <v>3</v>
       </c>
       <c r="L52" s="4">
-        <v>3.0099999999999998E-2</v>
-[...2 lines deleted...]
-        <v>0</v>
+        <v>0.19980000000000001</v>
+      </c>
+      <c r="M52" s="3" t="s">
+        <v>3</v>
       </c>
       <c r="N52" s="4">
-        <v>1.2339</v>
+        <v>0.50649999999999995</v>
       </c>
       <c r="O52" s="4">
-        <v>0.745</v>
+        <v>0.50480000000000003</v>
       </c>
       <c r="P52" s="3">
-        <v>11.81</v>
+        <v>12.58</v>
       </c>
       <c r="Q52" s="3">
         <v>0</v>
       </c>
       <c r="R52" s="4">
-        <v>6.9199999999999998E-2</v>
+        <v>5.7200000000000001E-2</v>
       </c>
     </row>
     <row r="53" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B53" s="3" t="s">
-        <v>55</v>
+        <v>101</v>
       </c>
       <c r="C53" s="3" t="s">
-        <v>56</v>
+        <v>102</v>
       </c>
       <c r="D53" s="3" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>69</v>
+        <v>77</v>
       </c>
       <c r="F53" s="3">
         <v>3</v>
       </c>
       <c r="G53" s="3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="H53" s="3">
-        <v>14.95</v>
+        <v>29.34</v>
       </c>
       <c r="I53" s="3">
         <v>0</v>
       </c>
       <c r="J53" s="4">
-        <v>5.74E-2</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>2.0400000000000001E-2</v>
+      </c>
+      <c r="K53" s="4">
+        <v>0.56769999999999998</v>
       </c>
       <c r="L53" s="4">
-        <v>0.17430000000000001</v>
+        <v>0.15909999999999999</v>
       </c>
       <c r="M53" s="3" t="s">
         <v>3</v>
       </c>
       <c r="N53" s="4">
-        <v>1.0279</v>
+        <v>0</v>
       </c>
       <c r="O53" s="4">
-        <v>0.56479999999999997</v>
+        <v>-4.9008000000000003</v>
       </c>
       <c r="P53" s="3">
-        <v>12.65</v>
+        <v>3.37</v>
       </c>
       <c r="Q53" s="3">
         <v>0</v>
       </c>
       <c r="R53" s="4">
-        <v>5.7500000000000002E-2</v>
+        <v>4.7899999999999998E-2</v>
       </c>
     </row>
     <row r="54" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B54" s="3" t="s">
-        <v>103</v>
+        <v>55</v>
       </c>
       <c r="C54" s="3" t="s">
-        <v>104</v>
+        <v>56</v>
       </c>
       <c r="D54" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="E54" s="3" t="s">
         <v>67</v>
       </c>
-      <c r="E54" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F54" s="3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G54" s="3">
         <v>2</v>
       </c>
       <c r="H54" s="3">
-        <v>26.42</v>
+        <v>6.22</v>
       </c>
       <c r="I54" s="3">
         <v>0</v>
       </c>
       <c r="J54" s="4">
-        <v>2.3099999999999999E-2</v>
+        <v>7.1300000000000002E-2</v>
       </c>
       <c r="K54" s="4">
-        <v>0</v>
+        <v>0.38229999999999997</v>
       </c>
       <c r="L54" s="4">
-        <v>0.15029999999999999</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>8.14E-2</v>
+      </c>
+      <c r="M54" s="4">
+        <v>0</v>
       </c>
       <c r="N54" s="4">
-        <v>0.7389</v>
+        <v>0</v>
       </c>
       <c r="O54" s="4">
-        <v>-6.3080999999999996</v>
+        <v>0.89280000000000004</v>
       </c>
       <c r="P54" s="3">
-        <v>2.78</v>
+        <v>11.4</v>
       </c>
       <c r="Q54" s="3">
         <v>0</v>
       </c>
       <c r="R54" s="4">
-        <v>4.9000000000000002E-2</v>
+        <v>8.1100000000000005E-2</v>
       </c>
     </row>
     <row r="55" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B55" s="3" t="s">
-        <v>57</v>
+        <v>103</v>
       </c>
       <c r="C55" s="3" t="s">
-        <v>58</v>
+        <v>104</v>
       </c>
       <c r="D55" s="3" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="F55" s="3">
         <v>2</v>
       </c>
       <c r="G55" s="3">
         <v>2</v>
       </c>
       <c r="H55" s="3">
-        <v>6.21</v>
+        <v>16.079999999999998</v>
       </c>
       <c r="I55" s="3">
         <v>0</v>
       </c>
       <c r="J55" s="4">
-        <v>7.22E-2</v>
+        <v>5.6899999999999999E-2</v>
       </c>
       <c r="K55" s="4">
-        <v>-4.1799999999999997E-2</v>
+        <v>5.1999999999999998E-2</v>
       </c>
       <c r="L55" s="4">
-        <v>7.3800000000000004E-2</v>
+        <v>5.7500000000000002E-2</v>
       </c>
       <c r="M55" s="4">
-        <v>0</v>
+        <v>5.9200000000000003E-2</v>
       </c>
       <c r="N55" s="4">
-        <v>11.2437</v>
+        <v>0.73919999999999997</v>
       </c>
       <c r="O55" s="4">
-        <v>0.87029999999999996</v>
+        <v>1.0736000000000001</v>
       </c>
       <c r="P55" s="3">
-        <v>11.28</v>
+        <v>17.39</v>
       </c>
       <c r="Q55" s="3">
         <v>0</v>
       </c>
       <c r="R55" s="4">
-        <v>8.0500000000000002E-2</v>
+        <v>6.4000000000000001E-2</v>
       </c>
     </row>
     <row r="56" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B56" s="3" t="s">
-        <v>105</v>
+        <v>57</v>
       </c>
       <c r="C56" s="3" t="s">
-        <v>106</v>
+        <v>58</v>
       </c>
       <c r="D56" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="E56" s="3" t="s">
         <v>67</v>
       </c>
-      <c r="E56" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F56" s="3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G56" s="3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="H56" s="3">
-        <v>15.33</v>
+        <v>19.399999999999999</v>
       </c>
       <c r="I56" s="3">
-        <v>0</v>
+        <v>20.45</v>
       </c>
       <c r="J56" s="4">
-        <v>6.0900000000000003E-2</v>
+        <v>5.8999999999999997E-2</v>
       </c>
       <c r="K56" s="4">
-        <v>4.19E-2</v>
+        <v>0</v>
       </c>
       <c r="L56" s="4">
-        <v>4.99E-2</v>
+        <v>4.8399999999999999E-2</v>
       </c>
       <c r="M56" s="4">
-        <v>8.7900000000000006E-2</v>
+        <v>-7.1000000000000004E-3</v>
       </c>
       <c r="N56" s="4">
-        <v>0.73919999999999997</v>
+        <v>4.9229000000000003</v>
       </c>
       <c r="O56" s="4">
-        <v>1.0736000000000001</v>
+        <v>0.9879</v>
       </c>
       <c r="P56" s="3">
-        <v>16.25</v>
+        <v>83.29</v>
       </c>
       <c r="Q56" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R56" s="4">
-        <v>6.4000000000000001E-2</v>
+        <v>5.7200000000000001E-2</v>
       </c>
     </row>
     <row r="57" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B57" s="3" t="s">
-        <v>59</v>
+        <v>134</v>
       </c>
       <c r="C57" s="3" t="s">
-        <v>60</v>
+        <v>135</v>
       </c>
       <c r="D57" s="3" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="E57" s="3" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="F57" s="3">
         <v>3</v>
       </c>
       <c r="G57" s="3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="H57" s="3">
-        <v>18.21</v>
+        <v>27.89</v>
       </c>
       <c r="I57" s="3">
-        <v>20.45</v>
+        <v>0</v>
       </c>
       <c r="J57" s="4">
-        <v>6.3100000000000003E-2</v>
+        <v>4.6899999999999997E-2</v>
       </c>
       <c r="K57" s="4">
-        <v>0</v>
+        <v>-0.14729999999999999</v>
       </c>
       <c r="L57" s="4">
-        <v>4.8099999999999997E-2</v>
+        <v>-2.8199999999999999E-2</v>
       </c>
       <c r="M57" s="4">
-        <v>-4.2700000000000002E-2</v>
+        <v>0</v>
       </c>
       <c r="N57" s="4">
-        <v>0.70279999999999998</v>
+        <v>0.51339999999999997</v>
       </c>
       <c r="O57" s="4">
-        <v>0.91310000000000002</v>
+        <v>0.44919999999999999</v>
       </c>
       <c r="P57" s="3">
-        <v>83.67</v>
+        <v>14.14</v>
       </c>
       <c r="Q57" s="3">
         <v>1</v>
       </c>
       <c r="R57" s="4">
-        <v>5.2200000000000003E-2</v>
+        <v>3.9100000000000003E-2</v>
       </c>
     </row>
     <row r="58" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B58" s="3" t="s">
-        <v>107</v>
+        <v>59</v>
       </c>
       <c r="C58" s="3" t="s">
-        <v>108</v>
+        <v>60</v>
       </c>
       <c r="D58" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="E58" s="3" t="s">
         <v>67</v>
       </c>
-      <c r="E58" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F58" s="3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G58" s="3">
         <v>2</v>
       </c>
       <c r="H58" s="3">
-        <v>28.1</v>
+        <v>15.59</v>
       </c>
       <c r="I58" s="3">
         <v>0</v>
       </c>
       <c r="J58" s="4">
-        <v>4.7100000000000003E-2</v>
+        <v>7.4399999999999994E-2</v>
       </c>
       <c r="K58" s="4">
-        <v>-0.14729999999999999</v>
+        <v>-0.2011</v>
       </c>
       <c r="L58" s="4">
-        <v>-2.8199999999999999E-2</v>
+        <v>0.1101</v>
       </c>
       <c r="M58" s="4">
         <v>0</v>
       </c>
       <c r="N58" s="4">
-        <v>0.51339999999999997</v>
+        <v>1.2522</v>
       </c>
       <c r="O58" s="4">
-        <v>0.44919999999999999</v>
+        <v>0.87160000000000004</v>
       </c>
       <c r="P58" s="3">
-        <v>14.07</v>
+        <v>17.149999999999999</v>
       </c>
       <c r="Q58" s="3">
         <v>0</v>
       </c>
       <c r="R58" s="4">
-        <v>3.3799999999999997E-2</v>
+        <v>8.7400000000000005E-2</v>
       </c>
     </row>
     <row r="59" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B59" s="3" t="s">
-        <v>61</v>
+        <v>105</v>
       </c>
       <c r="C59" s="3" t="s">
-        <v>62</v>
+        <v>106</v>
       </c>
       <c r="D59" s="3" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>69</v>
+        <v>77</v>
       </c>
       <c r="F59" s="3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G59" s="3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="H59" s="3">
-        <v>14.72</v>
+        <v>8.33</v>
       </c>
       <c r="I59" s="3">
         <v>0</v>
       </c>
       <c r="J59" s="4">
-        <v>8.1799999999999998E-2</v>
+        <v>6.13E-2</v>
       </c>
       <c r="K59" s="4">
-        <v>-6.2899999999999998E-2</v>
+        <v>0</v>
       </c>
       <c r="L59" s="4">
-        <v>0.10929999999999999</v>
+        <v>0.32240000000000002</v>
       </c>
       <c r="M59" s="4">
-        <v>0</v>
+        <v>3.1E-2</v>
       </c>
       <c r="N59" s="4">
-        <v>1.3346</v>
+        <v>0</v>
       </c>
       <c r="O59" s="4">
-        <v>0.84319999999999995</v>
+        <v>0.51439999999999997</v>
       </c>
       <c r="P59" s="3">
-        <v>15.13</v>
+        <v>21.23</v>
       </c>
       <c r="Q59" s="3">
         <v>0</v>
       </c>
       <c r="R59" s="4">
-        <v>9.2200000000000004E-2</v>
+        <v>7.1400000000000005E-2</v>
       </c>
     </row>
     <row r="60" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B60" s="3" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="C60" s="3" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="D60" s="3" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="F60" s="3">
         <v>3</v>
       </c>
       <c r="G60" s="3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="H60" s="3">
-        <v>7.48</v>
+        <v>23.04</v>
       </c>
       <c r="I60" s="3">
-        <v>0</v>
+        <v>11.87</v>
       </c>
       <c r="J60" s="4">
-        <v>6.9599999999999995E-2</v>
+        <v>4.0500000000000001E-2</v>
       </c>
       <c r="K60" s="4">
         <v>0</v>
       </c>
       <c r="L60" s="4">
-        <v>0.21340000000000001</v>
+        <v>8.7800000000000003E-2</v>
       </c>
       <c r="M60" s="4">
-        <v>3.1E-2</v>
+        <v>0</v>
       </c>
       <c r="N60" s="4">
-        <v>0</v>
+        <v>1.9468000000000001</v>
       </c>
       <c r="O60" s="4">
-        <v>0.58389999999999997</v>
+        <v>-1.5059</v>
       </c>
       <c r="P60" s="3">
-        <v>16.79</v>
+        <v>47.18</v>
       </c>
       <c r="Q60" s="3">
         <v>0</v>
       </c>
       <c r="R60" s="4">
-        <v>5.2499999999999998E-2</v>
+        <v>6.83E-2</v>
       </c>
     </row>
     <row r="61" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B61" s="3" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="C61" s="3" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="D61" s="3" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>82</v>
+        <v>70</v>
       </c>
       <c r="F61" s="3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G61" s="3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="H61" s="3">
-        <v>20.36</v>
+        <v>25.52</v>
       </c>
       <c r="I61" s="3">
-        <v>11.82</v>
+        <v>7.95</v>
       </c>
       <c r="J61" s="4">
-        <v>4.5999999999999999E-2</v>
+        <v>2.12E-2</v>
       </c>
       <c r="K61" s="4">
-        <v>0</v>
+        <v>0.1229</v>
       </c>
       <c r="L61" s="4">
-        <v>6.9599999999999995E-2</v>
+        <v>0.18809999999999999</v>
       </c>
       <c r="M61" s="4">
-        <v>0</v>
+        <v>3.15E-2</v>
       </c>
       <c r="N61" s="4">
-        <v>1.8765000000000001</v>
+        <v>0</v>
       </c>
       <c r="O61" s="4">
-        <v>-0.77410000000000001</v>
+        <v>0.36709999999999998</v>
       </c>
       <c r="P61" s="3">
-        <v>45.36</v>
+        <v>27.67</v>
       </c>
       <c r="Q61" s="3">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="R61" s="4">
-        <v>7.2400000000000006E-2</v>
+        <v>3.0800000000000001E-2</v>
       </c>
     </row>
     <row r="62" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B62" s="3" t="s">
-        <v>113</v>
+        <v>61</v>
       </c>
       <c r="C62" s="3" t="s">
-        <v>114</v>
+        <v>62</v>
       </c>
       <c r="D62" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="E62" s="3" t="s">
         <v>67</v>
       </c>
-      <c r="E62" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F62" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G62" s="3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="H62" s="3">
-        <v>21.67</v>
+        <v>27.19</v>
       </c>
       <c r="I62" s="3">
-        <v>7.95</v>
+        <v>0</v>
       </c>
       <c r="J62" s="4">
-        <v>2.5899999999999999E-2</v>
+        <v>6.7299999999999999E-2</v>
       </c>
       <c r="K62" s="4">
-        <v>8.09E-2</v>
+        <v>0.27079999999999999</v>
       </c>
       <c r="L62" s="4">
-        <v>0.20349999999999999</v>
+        <v>3.4000000000000002E-2</v>
       </c>
       <c r="M62" s="4">
-        <v>2.9899999999999999E-2</v>
+        <v>0</v>
       </c>
       <c r="N62" s="4">
-        <v>0.77200000000000002</v>
+        <v>1.0629999999999999</v>
       </c>
       <c r="O62" s="4">
-        <v>0.36959999999999998</v>
+        <v>0.67520000000000002</v>
       </c>
       <c r="P62" s="3">
-        <v>28.2</v>
+        <v>19.95</v>
       </c>
       <c r="Q62" s="3">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="R62" s="4">
-        <v>3.1199999999999999E-2</v>
+        <v>7.2700000000000001E-2</v>
       </c>
     </row>
     <row r="63" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B63" s="3" t="s">
-        <v>63</v>
+        <v>111</v>
       </c>
       <c r="C63" s="3" t="s">
-        <v>64</v>
+        <v>112</v>
       </c>
       <c r="D63" s="3" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="F63" s="3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G63" s="3">
         <v>2</v>
       </c>
       <c r="H63" s="3">
-        <v>25.23</v>
+        <v>15.69</v>
       </c>
       <c r="I63" s="3">
         <v>0</v>
       </c>
       <c r="J63" s="4">
-        <v>7.2999999999999995E-2</v>
+        <v>7.9299999999999995E-2</v>
       </c>
       <c r="K63" s="4">
-        <v>0.23980000000000001</v>
-[...2 lines deleted...]
-        <v>3.4599999999999999E-2</v>
+        <v>0</v>
+      </c>
+      <c r="L63" s="3" t="s">
+        <v>3</v>
       </c>
       <c r="M63" s="4">
-        <v>0</v>
+        <v>7.4000000000000003E-3</v>
       </c>
       <c r="N63" s="4">
-        <v>1.1304000000000001</v>
+        <v>0.79379999999999995</v>
       </c>
       <c r="O63" s="4">
-        <v>0.70540000000000003</v>
+        <v>1.0346</v>
       </c>
       <c r="P63" s="3">
-        <v>17.63</v>
+        <v>18.11</v>
       </c>
       <c r="Q63" s="3">
         <v>0</v>
       </c>
       <c r="R63" s="4">
-        <v>6.9099999999999995E-2</v>
+        <v>7.5700000000000003E-2</v>
       </c>
     </row>
     <row r="64" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B64" s="3" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="C64" s="3" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="D64" s="3" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>73</v>
+        <v>66</v>
       </c>
       <c r="F64" s="3">
         <v>2</v>
       </c>
       <c r="G64" s="3">
         <v>2</v>
       </c>
       <c r="H64" s="3">
-        <v>14.15</v>
+        <v>6.71</v>
       </c>
       <c r="I64" s="3">
         <v>0</v>
       </c>
       <c r="J64" s="4">
-        <v>8.5000000000000006E-2</v>
+        <v>0.1018</v>
       </c>
       <c r="K64" s="4">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>-2.2599999999999999E-2</v>
+      </c>
+      <c r="L64" s="4">
+        <v>4.5600000000000002E-2</v>
       </c>
       <c r="M64" s="4">
-        <v>3.7699999999999997E-2</v>
+        <v>0</v>
       </c>
       <c r="N64" s="4">
-        <v>0.79379999999999995</v>
+        <v>0</v>
       </c>
       <c r="O64" s="4">
-        <v>1.0346</v>
+        <v>1.5217000000000001</v>
       </c>
       <c r="P64" s="3">
-        <v>16.11</v>
+        <v>16.27</v>
       </c>
       <c r="Q64" s="3">
         <v>0</v>
       </c>
       <c r="R64" s="4">
-        <v>7.8399999999999997E-2</v>
+        <v>9.9699999999999997E-2</v>
       </c>
     </row>
     <row r="65" spans="2:18" x14ac:dyDescent="0.25">
       <c r="B65" s="3" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="C65" s="3" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="D65" s="3" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="E65" s="3" t="s">
-        <v>68</v>
+        <v>77</v>
       </c>
       <c r="F65" s="3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G65" s="3">
         <v>2</v>
       </c>
       <c r="H65" s="3">
-        <v>6.67</v>
+        <v>13.87</v>
       </c>
       <c r="I65" s="3">
-        <v>0</v>
+        <v>2.5</v>
       </c>
       <c r="J65" s="4">
-        <v>0.10340000000000001</v>
+        <v>5.28E-2</v>
       </c>
       <c r="K65" s="4">
-        <v>1.3299999999999999E-2</v>
+        <v>8.1100000000000005E-2</v>
       </c>
       <c r="L65" s="4">
-        <v>4.1799999999999997E-2</v>
+        <v>0.39340000000000003</v>
       </c>
       <c r="M65" s="4">
-        <v>0</v>
+        <v>0.3357</v>
       </c>
       <c r="N65" s="4">
-        <v>1.3443000000000001</v>
+        <v>0</v>
       </c>
       <c r="O65" s="4">
-        <v>2.1238999999999999</v>
+        <v>1.2069000000000001</v>
       </c>
       <c r="P65" s="3">
-        <v>15.96</v>
+        <v>13.54</v>
       </c>
       <c r="Q65" s="3">
         <v>0</v>
       </c>
       <c r="R65" s="4">
-        <v>9.2499999999999999E-2</v>
-[...105 lines deleted...]
-        <v>5.7700000000000001E-2</v>
+        <v>6.4600000000000005E-2</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B10:R10" xr:uid="{00000000-0001-0000-0000-000000000000}"/>
   <hyperlinks>
     <hyperlink ref="B9" r:id="rId1" display="Powered by the Dividend Stocks Rock Stock Screener. Prices and datas as of 11/30/2021." xr:uid="{00000000-0004-0000-0000-000000000000}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId2"/>
   <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>